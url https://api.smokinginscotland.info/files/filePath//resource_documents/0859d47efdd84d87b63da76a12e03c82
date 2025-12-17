--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -1156,407 +1156,376 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="085B27BD" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06C93FE7" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3438C67B" w14:textId="2265F57B" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="3438C67B" w14:textId="2265F57B" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[IF Q632A1_NOT=3</w:t>
       </w:r>
-      <w:r w:rsidR="005E7B91" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005E7B91" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_ENGLAND ONLY</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="005401FF" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005401FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oct – Feb 25 only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01233BEC" w14:textId="414C8DD9" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
+    <w:p w14:paraId="01233BEC" w14:textId="414C8DD9" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>QIMW2116_0</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2468" w:rsidRPr="0018368C">
+      <w:r w:rsidR="00FF2468" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2. Can I check, are you using any of the following?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBE7B0A" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="3FBE7B0A" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="09831238" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09831238" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DP: MULTI CODE / RANDOMISE 1-7)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045E9649" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="045E9649" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3BB81AE1" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BB81AE1" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>1.      Pipe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EBF199" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="20EBF199" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2.      Cigar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A0357B" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="16A0357B" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>3.      Cigarillo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B305A52" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="1B305A52" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>4.      Shisha/Waterpipe/Hookah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2905BCD4" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="2905BCD4" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>5.      Bidis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C29DDF7" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="5C29DDF7" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>6.      Chewing tobacco/Paan/Gutka/Snuff/Dip</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D353B79" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="4D353B79" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>7.      Snus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E377CA2" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="0E377CA2" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">8.      None of these </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(SINGLE CODE)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B50701" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">9.      Don’t know </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18DA7507" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75896D73" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00FF2468" w:rsidRDefault="00FF2468" w:rsidP="00FF2468"/>
     <w:p w14:paraId="4C88CFBB" w14:textId="77777777" w:rsidR="003C35C5" w:rsidRPr="0045487B" w:rsidRDefault="003C35C5" w:rsidP="003C35C5">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -1923,380 +1892,356 @@
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447E8E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Other (please specify)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6596F453" w14:textId="77777777" w:rsidR="00491140" w:rsidRPr="00491140" w:rsidRDefault="00491140" w:rsidP="00491140">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68381905" w14:textId="4B24C2BC" w:rsidR="00D46DA4" w:rsidRPr="00B56372" w:rsidRDefault="00D46DA4" w:rsidP="00D46DA4"/>
-    <w:p w14:paraId="4EB68F7F" w14:textId="3CF59882" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="4EB68F7F" w14:textId="3CF59882" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[IF Q632A1 = 3</w:t>
       </w:r>
-      <w:r w:rsidR="005E7B91" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005E7B91" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_ENGLAND ONLY</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="005401FF" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005401FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oct – Feb 25 Only) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CABECF4" w14:textId="6A0813D1" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
+    <w:p w14:paraId="4CABECF4" w14:textId="6A0813D1" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>QIMW2116_01</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2468" w:rsidRPr="0018368C">
+      <w:r w:rsidR="00FF2468" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> Can I check, are you using any of the following?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAE2E92" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="7AAE2E92" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="073D8064" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="073D8064" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DP: MULTI CODE / RANDOMISE 1-2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D733ECA" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="5D733ECA" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="293CA9A5" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="293CA9A5" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Chewing tobacco/Paan/Gutka/Snuff/Dip</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1744E5C0" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="1744E5C0" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Snus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492EC32D" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="492EC32D" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">None of these </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(SINGLE CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220279AE" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="220279AE" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4F920B" w14:textId="73A2917A" w:rsidR="00D46DA4" w:rsidRPr="00B56372" w:rsidRDefault="00D46DA4" w:rsidP="00D46DA4"/>
     <w:p w14:paraId="6CB1F783" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="003D7A41">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="504CBD26" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="003D7A41">
@@ -5995,346 +5940,327 @@
       <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
       <w:r w:rsidR="00E77265">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E77265" w:rsidRPr="00E77265">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>or 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Q632E1 = CODES 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 10</w:t>
+      </w:r>
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00233666">
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Q632E1 = CODES 1-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
+        <w:t>NEWW53A = CODES 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
-      <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233666">
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E77265" w:rsidRPr="00E77265">
+        <w:t xml:space="preserve">13 </w:t>
+      </w:r>
+      <w:r w:rsidR="009328D1" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E77265">
+        </w:rPr>
+        <w:t>QIMW86_1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6181" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        <w:t xml:space="preserve"> = CODES </w:t>
+      </w:r>
+      <w:r w:rsidR="009328D1" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">or </w:t>
-[...100 lines deleted...]
-        </w:rPr>
         <w:t>1-</w:t>
       </w:r>
-      <w:r w:rsidR="000424C8" w:rsidRPr="00E77265">
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00E77265">
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E77265" w:rsidRPr="00E77265">
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">9 </w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00E77265">
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>or 10</w:t>
       </w:r>
-      <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00EF6181" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>THEN</w:t>
+      </w:r>
       <w:r w:rsidR="00EF6181" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>THEN ASK Q632E67</w:t>
+        <w:t xml:space="preserve"> ASK Q632E67</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D2C09C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00F51B4A" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
+      <w:r w:rsidRPr="00EA28B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44266445" w14:textId="26EF83EB" w:rsidR="00860EB2" w:rsidRPr="00233666" w:rsidRDefault="00860EB2" w:rsidP="00507D51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6928,297 +6854,253 @@
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk199515320"/>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IF Q632E37 = CODES 1-8</w:t>
       </w:r>
       <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OR</w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13 or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Q632E1 = CODES 1-8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233666">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> OR</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00233666">
+        </w:rPr>
+        <w:t xml:space="preserve">13 OR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Q632E1 = CODES 1-8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
+        <w:t>NEWW53A = CODES 1-8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233666">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="007048FF">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve">13 OR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">OR </w:t>
-[...84 lines deleted...]
-      <w:r w:rsidRPr="007048FF">
+        <w:t>QIMW86_1 = CODES 1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>or 10 THEN ASK Q632E68</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9B4422" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="007105FF" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
+      <w:r w:rsidRPr="00EA28B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4CD53A52" w14:textId="61EEB634" w:rsidR="00454BB3" w:rsidRPr="00233666" w:rsidRDefault="004C2C1E" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7589,174 +7471,151 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4234AD10" w14:textId="4F1721ED" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk199515337"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">IF Q632E37 = CODES 1-8 or 10 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+        <w:t xml:space="preserve">IF Q632E37 = CODES 1-8 or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F2859">
+        <w:t xml:space="preserve">or 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OR Q632E1 = CODES 1-8 or 10 </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve">or 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F2859">
+        <w:t xml:space="preserve">OR NEWW53A = CODES 1-8 or 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">OR NEWW53A = CODES 1-8 or 10 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+        <w:t xml:space="preserve">or 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OR QIMW86_1 = CODES 1-</w:t>
       </w:r>
-      <w:r w:rsidRPr="007048FF">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>or 10 THEN</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>or 10 THEN ASK Q632E68</w:t>
+        <w:t xml:space="preserve"> ASK Q632E68</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D51A87C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QIMW144_01</w:t>
       </w:r>
@@ -7767,51 +7626,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
+      <w:r w:rsidRPr="00EA28B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E8179E" w14:textId="302B0453" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
@@ -8702,51 +8561,73 @@
     <w:p w14:paraId="1ED27BB2" w14:textId="77777777" w:rsidR="00454BB3" w:rsidRPr="00D4700F" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>I REALLY want to stop smoking but I don't know when I will</w:t>
+        <w:t xml:space="preserve">I REALLY want to stop </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D4700F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>smoking</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D4700F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I don't know when I will</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE01776" w14:textId="77777777" w:rsidR="00454BB3" w:rsidRPr="00D4700F" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11821,67 +11702,97 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EDAEFBE" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793F5ABF" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33A02E75" w14:textId="402C2976" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="33A02E75" w14:textId="28FA06AA" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045487B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ASK ALL IN ENGLAND AND SMOKED IN PAST YEAR [IF GORE=1-9 AND Q632a1=1/2/3/4]</w:t>
+        <w:t xml:space="preserve">ASK ALL IN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ENGLAND</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E88" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045487B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND SMOKED IN PAST YEAR [IF GORE=1-9 AND Q632a1=1/2/3/4]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23231220" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045487B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SWAP1. 'Swap to Stop' is a program to help people stop smoking. It gives participants a free e-cigarette / vape starter kit and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0045487B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -17821,51 +17732,62 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415BDD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00415BDD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. The Coronavirus outbreak</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The Coronavirus outbreak</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A81C871" w14:textId="3F389A07" w:rsidR="005F7642" w:rsidRPr="005F7642" w:rsidRDefault="00D4700F" w:rsidP="005F7642">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006729B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
@@ -20404,51 +20326,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
+      <w:r w:rsidRPr="00EA28B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4655FC" w14:textId="72279365" w:rsidR="000E5985" w:rsidRPr="00233666" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
@@ -21860,143 +21782,131 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EBAFFBC" w14:textId="1E3F6C84" w:rsidR="004B4E60" w:rsidRPr="000678C5" w:rsidRDefault="004B4E60" w:rsidP="000678C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>{OPEN FILTER AE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B46AB2F" w14:textId="650C8905" w:rsidR="004B4E60" w:rsidRPr="00D4700F" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
+    <w:p w14:paraId="7B46AB2F" w14:textId="650C8905" w:rsidR="004B4E60" w:rsidRPr="00C12F2C" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ASK ALL CURRENT SMOKERS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F0C99">
+        <w:t xml:space="preserve">ASK ALL CURRENT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F0C99" w:rsidRPr="003F0C99">
+        <w:t>SMOKERS</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0C99" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D4700F">
+        </w:rPr>
+        <w:t xml:space="preserve"> AND PAST YEAR SMOKERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – CODES 1,2 OR 3 </w:t>
       </w:r>
-      <w:r w:rsidR="005A4D7E" w:rsidRPr="005A4D7E">
+      <w:r w:rsidR="005A4D7E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005A4D7E">
+        </w:rPr>
+        <w:t xml:space="preserve">OR 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>AT Q632a1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74DF8D01" w14:textId="77777777" w:rsidR="004B4E60" w:rsidRPr="00D4700F" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>AT Q632a1</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D4700F">
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QIMW982.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F315FA4" w14:textId="7F00E06E" w:rsidR="004B4E60" w:rsidRPr="00D4700F" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B1CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -22230,78 +22140,79 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65ADA492" w14:textId="7006F95F" w:rsidR="000A3720" w:rsidRPr="000678C5" w:rsidRDefault="000A3720" w:rsidP="000678C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>{OPEN FILTER AH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518F705F" w14:textId="36BEC511" w:rsidR="000A3720" w:rsidRPr="006B4449" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
+    <w:p w14:paraId="518F705F" w14:textId="36BEC511" w:rsidR="000A3720" w:rsidRPr="00DD7E88" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="007105FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
+      <w:r w:rsidRPr="00EA28B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D6C59B" w14:textId="43705B04" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk95143747"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -22350,78 +22261,75 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 OR</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> QIMW86_1 = 6 </w:t>
       </w:r>
       <w:r w:rsidR="008C3E53" w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">OR </w:t>
       </w:r>
-      <w:r w:rsidR="008C3E53" w:rsidRPr="00C97297">
+      <w:r w:rsidR="008C3E53" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00C97297">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C3E53" w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -22631,214 +22539,202 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="306C9F48" w14:textId="3CA84470" w:rsidR="008C3E53" w:rsidRPr="001F2859" w:rsidRDefault="008C3E53" w:rsidP="008C3E53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IF Q632E37 = 6 OR Q632E1 = 6 OR NEWW53A = 6 OR QIMW86_1 = 6 ASK QIMW118_3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744C7724" w14:textId="34CB08D0" w:rsidR="0034371E" w:rsidRPr="001F2859" w:rsidRDefault="0034371E" w:rsidP="0034371E">
+    <w:p w14:paraId="744C7724" w14:textId="34CB08D0" w:rsidR="0034371E" w:rsidRPr="00C12F2C" w:rsidRDefault="0034371E" w:rsidP="0034371E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">IF Q632E37 = 10 OR Q632E1 = 10 OR NEWW53A = 10 OR QIMW86_1 = </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C97297">
+        <w:t xml:space="preserve">IF Q632E37 = 10 OR Q632E1 = 10 OR NEWW53A = 10 OR QIMW86_1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C97297">
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">AND </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Q632E37/Q632E1/NEWW53A/QIMW86_1= NOT 6 THEN DO NOT ASK QIMW118_3 BUT AUTOCODE AS CODE 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375FE121" w14:textId="77777777" w:rsidR="0034371E" w:rsidRPr="001F2859" w:rsidRDefault="0034371E" w:rsidP="008C3E53">
+    <w:p w14:paraId="375FE121" w14:textId="77777777" w:rsidR="0034371E" w:rsidRPr="00C12F2C" w:rsidRDefault="0034371E" w:rsidP="008C3E53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B533AF7" w14:textId="7E1F5B13" w:rsidR="00FE151D" w:rsidRPr="001F2859" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
-      <w:r w:rsidR="00222784">
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="00222784" w:rsidRPr="004536AC">
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(August, September, November, </w:t>
       </w:r>
-      <w:r w:rsidR="00737408" w:rsidRPr="004536AC">
+      <w:r w:rsidR="00737408" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00222784" w:rsidRPr="004536AC">
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>December 2024 ONLY</w:t>
       </w:r>
-      <w:r w:rsidR="004536AC">
-[...18 lines deleted...]
-      <w:r w:rsidR="00222784">
+      <w:r w:rsidR="004536AC" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, continuing in 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D8ECA1F" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -23082,51 +22978,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07511">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
+      <w:r w:rsidRPr="00EA28B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760474F8" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4B6BD9" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -23339,148 +23235,145 @@
         </w:rPr>
         <w:t>Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C0CFE5" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C29845F" w14:textId="38CF704A" w:rsidR="008C3E53" w:rsidRPr="00B56372" w:rsidRDefault="008C3E53" w:rsidP="008C3E53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">IF Q632E37 = 6 OR 10 OR Q632E1 = 6 OR 10 OR NEWW53A = 6 OR 10 OR QIMW86_1 = 6 OR </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C97297">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C97297">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C97297">
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ASK</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ASK QIMW118_5</w:t>
+        <w:t xml:space="preserve"> QIMW118_5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDA1EB4" w14:textId="77777777" w:rsidR="0041019F" w:rsidRDefault="0041019F" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CD5ABE2" w14:textId="3586CFAE" w:rsidR="00FE151D" w:rsidRPr="00A7187C" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
+      <w:r w:rsidRPr="00EA28B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F0901E" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FFCA198" w14:textId="75547282" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -24150,981 +24043,896 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AA2850E" w14:textId="77777777" w:rsidR="0041019F" w:rsidRDefault="0041019F" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D3814AA" w14:textId="77777777" w:rsidR="0041019F" w:rsidRDefault="0041019F" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B943270" w14:textId="5090CDA1" w:rsidR="00F935C6" w:rsidRPr="00951120" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+    <w:p w14:paraId="0B943270" w14:textId="5090CDA1" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00951120">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ASK ALL IN ENGLAND</w:t>
       </w:r>
-      <w:r w:rsidR="004123A6" w:rsidRPr="00951120">
+      <w:r w:rsidR="004123A6" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> AND PAST YEAR SMOKERS [IF Q632A1=1-4]</w:t>
       </w:r>
-      <w:r w:rsidR="0041019F" w:rsidRPr="00951120">
+      <w:r w:rsidR="0041019F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Nov-</w:t>
       </w:r>
-      <w:r w:rsidR="00612E22" w:rsidRPr="00951120">
+      <w:r w:rsidR="00612E22" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Feb</w:t>
       </w:r>
-      <w:r w:rsidR="0041019F" w:rsidRPr="00951120">
+      <w:r w:rsidR="0041019F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25 only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB83E52" w14:textId="6A153C5D" w:rsidR="00F935C6" w:rsidRPr="00951120" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+    <w:p w14:paraId="4EB83E52" w14:textId="6A153C5D" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>QIMW217_01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DF1C2A" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>How much of the time in the last month have you spent thinking about the harms of smoking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B753876" w14:textId="3D2E50EE" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(DP: SINGLE CODE, FORWARD/REVERSE</w:t>
+      </w:r>
+      <w:r w:rsidR="00382CBD" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58484F5F" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6919E0BA" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>1. I don't believe smoking is harmful</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CF2B05" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>2. Not at all</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B2246D" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>3. A little of the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2C399F" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>4. Some of the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAB624D" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>5. A lot of the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE70023" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>6. All the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BF3415" w14:textId="63D87752" w:rsidR="004123A6" w:rsidRPr="00951120" w:rsidRDefault="004123A6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>7. Don’t know</w:t>
+      </w:r>
+      <w:r w:rsidR="00612E22" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00382CBD" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>DO NOT READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00612E22" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409A4C10" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75EAC6FC" w14:textId="77777777" w:rsidR="00521147" w:rsidRPr="00521147" w:rsidRDefault="00521147" w:rsidP="00521147">
+      <w:pPr>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00951120">
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk192068788"/>
+      <w:r w:rsidRPr="00521147">
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE09FEA" w14:textId="77777777" w:rsidR="00521147" w:rsidRPr="00521147" w:rsidRDefault="00521147" w:rsidP="00521147">
+      <w:pPr>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>How much of the time in the last month have you spent thinking about the harms of smoking?</w:t>
-[...294 lines deleted...]
-    <w:p w14:paraId="1EDBF1A8" w14:textId="3605B624" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDBF1A8" w14:textId="3605B624" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A7187C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK IF Q632E37 = 6 OR 10 OR Q632E1 = 6 OR 10 OR NEWW53A = 6 OR 10 OR QIMW86_1 = 6 OR </w:t>
       </w:r>
-      <w:r w:rsidR="00926C8C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00926C8C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">OR </w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Q632</w:t>
       </w:r>
-      <w:r w:rsidR="0083602C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0083602C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>40=14 OR 21</w:t>
       </w:r>
-      <w:r w:rsidR="00D00D8F" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00D00D8F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Q632e41=1</w:t>
       </w:r>
-      <w:r w:rsidR="0083602C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0083602C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00D00D8F" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00D00D8F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="0083602C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0083602C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A7187C">
+        </w:rPr>
+        <w:t>(England only</w:t>
+      </w:r>
+      <w:r w:rsidR="004259BD" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004259BD" w:rsidRPr="00A7187C">
+        </w:rPr>
+        <w:t xml:space="preserve"> – March – June 25 only)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="76D26EC7" w14:textId="0CB4FE9A" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00550BA2" w:rsidP="00521147">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...8 lines deleted...]
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACF55D5" w14:textId="0F70D96A" w:rsidR="00D416DA" w:rsidRPr="00A7187C" w:rsidRDefault="00D416DA" w:rsidP="00521147">
+    <w:p w14:paraId="1ACF55D5" w14:textId="0F70D96A" w:rsidR="00D416DA" w:rsidRPr="00C12F2C" w:rsidRDefault="00D416DA" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk189496731"/>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>QIMW221_01</w:t>
       </w:r>
-      <w:r w:rsidR="00550BA2" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00550BA2" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F0C3B4" w14:textId="13ED89E2" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="01F0C3B4" w14:textId="13ED89E2" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Has there ever been a situation where you had a vape and suspected that it contained a substance that you didn't mean to use (other than nicotine), or not?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20112276" w14:textId="72B97683" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="0065037E" w:rsidP="00521147">
+    <w:p w14:paraId="20112276" w14:textId="72B97683" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="0065037E" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>DP MULTICODE 2-6 – RANDOMISE CODES 2-4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C63D1FD" w14:textId="0ED78448" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="4C63D1FD" w14:textId="0ED78448" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>No - there has never been a situation like that</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DP: SINGLE CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7BAC4B" w14:textId="1DBAA8A4" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="2C7BAC4B" w14:textId="1DBAA8A4" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - cannabis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8D7F15" w14:textId="0ABBF25D" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="1F8D7F15" w14:textId="0ABBF25D" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - a synthetic cannabinoid such as "Spice"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12510732" w14:textId="48705200" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="12510732" w14:textId="48705200" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes - an opioid such as morphine, heroin or a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>nitazene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="498DD657" w14:textId="11822513" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="498DD657" w14:textId="11822513" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - another substance (please specify)</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> FIX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6164A4E4" w14:textId="2A2C3823" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="6164A4E4" w14:textId="2A2C3823" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - unsure which substance</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> FIX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D169E22" w14:textId="50047274" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="6D169E22" w14:textId="50047274" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Prefer not to say</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DP: SINGLE CODE)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="17BD805B" w14:textId="77777777" w:rsidR="00521147" w:rsidRPr="00521147" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521147">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -25260,168 +25068,168 @@
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5E346D8D" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{1174D87A-E921-43B2-8FBA-089C10F9A746}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{570D41E9-C0FC-42AB-B4E0-E8E5E80AFBBE}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{F1F42F7A-322F-4192-8D7A-5B9CF4687F4C}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{3D8968F9-0D89-4CD6-BDB4-37582A38CA79}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{DBE2CFF1-433D-4A4F-AE2C-43909128EEED}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{695D5AB9-4546-4E07-8F38-E7B36DD7C95A}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{687ADE99-B96B-4098-9BA0-1701DB2302F8}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{DB783F31-EF4D-4D7F-8327-51EFF723F954}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{B4A16C52-9E6F-4DC2-A642-7E25F4FA9A50}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{B2F94B0B-E3A5-49E4-ABB0-98408518E119}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{693C21CA-E469-4DA6-97C2-BF33B810EB6E}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{12E3BC1D-F2AB-47C0-B868-25A7E496F51B}"/>
   </w:font>
   <w:font w:name="TimesNewRoman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman ExtraBold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{FDE46E4C-0E2E-4B92-9A51-4F50C5D0BF14}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{874F8149-D8F9-4725-8DD2-9E9C5EBF81FB}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{A7CB20F5-DFD1-4EAB-8D8B-2B48062CD93A}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{A67EE586-DBEC-4706-BB9E-7182882CD6D9}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38DBC3B2" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34D4E734" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="240B6145" w14:textId="787520A1" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
+  <w:p w14:paraId="240B6145" w14:textId="1482859A" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:t>-0</w:t>
     </w:r>
     <w:r w:rsidR="00AD5845">
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>9498</w:t>
     </w:r>
     <w:r>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="000F3ADD">
-      <w:t>3</w:t>
+    <w:r w:rsidR="00DD7E88">
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="00E471E6">
-      <w:t>6</w:t>
+    <w:r w:rsidR="00EA28B6">
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67CD9E16" w14:textId="77777777" w:rsidR="00043A94" w:rsidRDefault="00043A94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="052B835C" w14:textId="2F9C7AD0" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>Smokers Toolkit (ST)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>INTERNAL/CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="715B21FB" w14:textId="70C222FB" w:rsidR="00D46DA4" w:rsidRDefault="005E6887">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
@@ -30175,51 +29983,51 @@
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2022468673">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2070689878">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1087653405">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1312636631">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1445151448">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1590507486">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="50"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="150"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -30596,94 +30404,97 @@
     <w:rsid w:val="009B05A4"/>
     <w:rsid w:val="009B3280"/>
     <w:rsid w:val="009B72A6"/>
     <w:rsid w:val="009C4E31"/>
     <w:rsid w:val="009C6295"/>
     <w:rsid w:val="009D4044"/>
     <w:rsid w:val="009D7E88"/>
     <w:rsid w:val="00A0630F"/>
     <w:rsid w:val="00A125B8"/>
     <w:rsid w:val="00A137DF"/>
     <w:rsid w:val="00A22212"/>
     <w:rsid w:val="00A32A68"/>
     <w:rsid w:val="00A33BD5"/>
     <w:rsid w:val="00A411CF"/>
     <w:rsid w:val="00A42F73"/>
     <w:rsid w:val="00A566CB"/>
     <w:rsid w:val="00A62287"/>
     <w:rsid w:val="00A64C96"/>
     <w:rsid w:val="00A7187C"/>
     <w:rsid w:val="00A75638"/>
     <w:rsid w:val="00A77382"/>
     <w:rsid w:val="00A831CF"/>
     <w:rsid w:val="00A858DE"/>
     <w:rsid w:val="00A87106"/>
     <w:rsid w:val="00A95747"/>
+    <w:rsid w:val="00AC3F6C"/>
     <w:rsid w:val="00AC626C"/>
     <w:rsid w:val="00AD22F4"/>
     <w:rsid w:val="00AD30E4"/>
     <w:rsid w:val="00AD5692"/>
     <w:rsid w:val="00AD5845"/>
     <w:rsid w:val="00AD65CC"/>
     <w:rsid w:val="00AD7D6D"/>
     <w:rsid w:val="00AF2AC8"/>
     <w:rsid w:val="00AF3981"/>
     <w:rsid w:val="00AF5C08"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B11858"/>
     <w:rsid w:val="00B11B72"/>
     <w:rsid w:val="00B135EB"/>
+    <w:rsid w:val="00B13EC2"/>
     <w:rsid w:val="00B16834"/>
     <w:rsid w:val="00B20D7A"/>
     <w:rsid w:val="00B246C0"/>
     <w:rsid w:val="00B2502B"/>
     <w:rsid w:val="00B2561B"/>
     <w:rsid w:val="00B3317F"/>
     <w:rsid w:val="00B4265C"/>
     <w:rsid w:val="00B56372"/>
     <w:rsid w:val="00B6450B"/>
     <w:rsid w:val="00B679BF"/>
     <w:rsid w:val="00B739A8"/>
     <w:rsid w:val="00B76832"/>
     <w:rsid w:val="00B84A70"/>
     <w:rsid w:val="00B852D1"/>
     <w:rsid w:val="00B91906"/>
     <w:rsid w:val="00B930BD"/>
     <w:rsid w:val="00B94678"/>
     <w:rsid w:val="00BA4A43"/>
     <w:rsid w:val="00BB45AA"/>
     <w:rsid w:val="00BC62B5"/>
     <w:rsid w:val="00BC6BBC"/>
     <w:rsid w:val="00BE5013"/>
     <w:rsid w:val="00BE7F67"/>
     <w:rsid w:val="00BF3F3C"/>
     <w:rsid w:val="00BF70E1"/>
     <w:rsid w:val="00BF71D2"/>
     <w:rsid w:val="00C04BFC"/>
     <w:rsid w:val="00C04D02"/>
     <w:rsid w:val="00C05DD5"/>
     <w:rsid w:val="00C07315"/>
+    <w:rsid w:val="00C12F2C"/>
     <w:rsid w:val="00C13B89"/>
     <w:rsid w:val="00C14EEE"/>
     <w:rsid w:val="00C168A7"/>
     <w:rsid w:val="00C333D7"/>
     <w:rsid w:val="00C37D60"/>
     <w:rsid w:val="00C43B12"/>
     <w:rsid w:val="00C45B0F"/>
     <w:rsid w:val="00C461C0"/>
     <w:rsid w:val="00C56D88"/>
     <w:rsid w:val="00C57107"/>
     <w:rsid w:val="00C671F0"/>
     <w:rsid w:val="00C8097A"/>
     <w:rsid w:val="00C854A2"/>
     <w:rsid w:val="00C86D61"/>
     <w:rsid w:val="00C870E8"/>
     <w:rsid w:val="00C97297"/>
     <w:rsid w:val="00C97647"/>
     <w:rsid w:val="00CA06A0"/>
     <w:rsid w:val="00CB0039"/>
     <w:rsid w:val="00CB126C"/>
     <w:rsid w:val="00CC04D4"/>
     <w:rsid w:val="00CC116D"/>
     <w:rsid w:val="00CC2C68"/>
     <w:rsid w:val="00CD1B91"/>
     <w:rsid w:val="00CD5649"/>
@@ -30704,82 +30515,85 @@
     <w:rsid w:val="00D43334"/>
     <w:rsid w:val="00D4440A"/>
     <w:rsid w:val="00D453EE"/>
     <w:rsid w:val="00D455D8"/>
     <w:rsid w:val="00D46DA4"/>
     <w:rsid w:val="00D4700F"/>
     <w:rsid w:val="00D47ED5"/>
     <w:rsid w:val="00D613CC"/>
     <w:rsid w:val="00D64583"/>
     <w:rsid w:val="00D65979"/>
     <w:rsid w:val="00D70151"/>
     <w:rsid w:val="00D727F6"/>
     <w:rsid w:val="00D742E9"/>
     <w:rsid w:val="00D75F36"/>
     <w:rsid w:val="00D77BC9"/>
     <w:rsid w:val="00D8164C"/>
     <w:rsid w:val="00D82E2C"/>
     <w:rsid w:val="00D856C9"/>
     <w:rsid w:val="00D92842"/>
     <w:rsid w:val="00D954CB"/>
     <w:rsid w:val="00D97A4A"/>
     <w:rsid w:val="00DB03F3"/>
     <w:rsid w:val="00DB3074"/>
     <w:rsid w:val="00DC11CF"/>
     <w:rsid w:val="00DD2C45"/>
+    <w:rsid w:val="00DD7E88"/>
     <w:rsid w:val="00DE0817"/>
     <w:rsid w:val="00DE19DE"/>
     <w:rsid w:val="00DE38CF"/>
     <w:rsid w:val="00E0426F"/>
     <w:rsid w:val="00E04DB8"/>
     <w:rsid w:val="00E04E15"/>
     <w:rsid w:val="00E07CAE"/>
     <w:rsid w:val="00E112C6"/>
     <w:rsid w:val="00E137C7"/>
     <w:rsid w:val="00E141E0"/>
     <w:rsid w:val="00E1612B"/>
     <w:rsid w:val="00E24494"/>
     <w:rsid w:val="00E27599"/>
     <w:rsid w:val="00E27E83"/>
     <w:rsid w:val="00E471E6"/>
     <w:rsid w:val="00E607AB"/>
     <w:rsid w:val="00E62FCD"/>
     <w:rsid w:val="00E65329"/>
     <w:rsid w:val="00E7188E"/>
     <w:rsid w:val="00E73220"/>
     <w:rsid w:val="00E77265"/>
     <w:rsid w:val="00E8135D"/>
     <w:rsid w:val="00E9152A"/>
     <w:rsid w:val="00E93A59"/>
     <w:rsid w:val="00E9542B"/>
+    <w:rsid w:val="00EA28B6"/>
     <w:rsid w:val="00EA2D54"/>
     <w:rsid w:val="00EB179E"/>
     <w:rsid w:val="00EB3EA2"/>
     <w:rsid w:val="00EB61D5"/>
     <w:rsid w:val="00EC5C77"/>
     <w:rsid w:val="00ED1433"/>
     <w:rsid w:val="00ED7386"/>
+    <w:rsid w:val="00EE223B"/>
     <w:rsid w:val="00EE723A"/>
     <w:rsid w:val="00EF4545"/>
     <w:rsid w:val="00EF4C63"/>
     <w:rsid w:val="00EF6181"/>
     <w:rsid w:val="00F04615"/>
     <w:rsid w:val="00F2223C"/>
     <w:rsid w:val="00F23973"/>
     <w:rsid w:val="00F51B4A"/>
     <w:rsid w:val="00F54C42"/>
     <w:rsid w:val="00F662A1"/>
     <w:rsid w:val="00F70861"/>
     <w:rsid w:val="00F70B9F"/>
     <w:rsid w:val="00F7640A"/>
     <w:rsid w:val="00F824AD"/>
     <w:rsid w:val="00F92B20"/>
     <w:rsid w:val="00F935C6"/>
     <w:rsid w:val="00FA3BFB"/>
     <w:rsid w:val="00FA5C14"/>
     <w:rsid w:val="00FB4E23"/>
     <w:rsid w:val="00FD0991"/>
     <w:rsid w:val="00FD5DC8"/>
     <w:rsid w:val="00FE151D"/>
     <w:rsid w:val="00FE2723"/>
     <w:rsid w:val="00FE3239"/>
     <w:rsid w:val="00FF0969"/>
@@ -32493,52 +32307,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f787eaa3d848b643d27d261b2a691d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6432457ecf8c8f549be832a1f35452a3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -32744,91 +32558,91 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58C58B3-51F4-4E8D-B7E6-DEB93E296521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70A92647-375A-492E-94A4-2B9CBD145A72}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E26EDEEE-58EF-4645-B589-E3CBF1E2662A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E771955F-626C-450A-ABE1-F4D5A82027E6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6E44FC7-BB10-49EF-B011-1E2F0912BA05}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2DC83B7-E2B4-4A8C-86D5-B746A330EDBA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D37B7201-DA67-47FD-A1E7-4C0AE14990B3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>4584</Words>
-  <Characters>20559</Characters>
+  <Words>4585</Words>
+  <Characters>20561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>928</Lines>
   <Paragraphs>559</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Normal dot (Rev02 January 2009)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPSOS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24680</CharactersWithSpaces>
+  <CharactersWithSpaces>24683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Normal dot (Rev02 January 2009)</dc:title>
   <dc:subject>Universal Normal Template</dc:subject>
   <dc:creator>Authorised User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af44d3240da420e376ed1a689eac1992bf6e6b19a5733d36f7b759867d0791e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">