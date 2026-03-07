--- v1 (2025-12-17)
+++ v2 (2026-03-07)
@@ -55,52 +55,55 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ST</w:t>
       </w:r>
       <w:r w:rsidR="004D1394" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>MODULE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B46DE0E" w14:textId="158C6DCF" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="000267DC">
-      <w:pPr>
+    <w:p w14:paraId="7B46DE0E" w14:textId="58A668B6" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="00962497">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SAMPLE: </w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -153,50 +156,61 @@
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>+ in</w:t>
       </w:r>
       <w:r w:rsidR="00D46DA4" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> GB</w:t>
+      </w:r>
+      <w:r w:rsidR="00962497">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C1AB81" w14:textId="77777777" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS: </w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
@@ -6216,53 +6230,54 @@
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ASK Q632E67</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D2C09C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00F51B4A" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44266445" w14:textId="26EF83EB" w:rsidR="00860EB2" w:rsidRPr="00233666" w:rsidRDefault="00860EB2" w:rsidP="00507D51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE180F0" w14:textId="77777777" w:rsidR="00FF0969" w:rsidRPr="00233666" w:rsidRDefault="00FF0969" w:rsidP="00FF0969">
       <w:pPr>
@@ -7056,53 +7071,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4CD53A52" w14:textId="61EEB634" w:rsidR="00454BB3" w:rsidRPr="00233666" w:rsidRDefault="004C2C1E" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
@@ -7626,53 +7642,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E8179E" w14:textId="302B0453" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -11702,219 +11719,240 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EDAEFBE" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793F5ABF" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33A02E75" w14:textId="28FA06AA" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00C12F2C">
+    <w:p w14:paraId="33A02E75" w14:textId="28FA06AA" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ENGLAND</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD7E88" w:rsidRPr="00C12F2C">
+      </w:pPr>
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>ASK ALL IN ENGLAND</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E88" w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> GB</w:t>
       </w:r>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> AND SMOKED IN PAST YEAR [IF GORE=1-9 AND Q632a1=1/2/3/4]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23231220" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="23231220" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SWAP1. 'Swap to Stop' is a program to help people stop smoking. It gives participants a free e-cigarette / vape starter kit and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>behavioural</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> support. Have you ever heard of ‘swap to stop’?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137B2461" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="137B2461" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SINGLE CODE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762F4D0A" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="762F4D0A" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FAB747E" w14:textId="478A6198" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="0FAB747E" w14:textId="478A6198" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>1. Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA0C2FD" w14:textId="728BF540" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="3FA0C2FD" w14:textId="728BF540" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>2. No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71707A83" w14:textId="2BFCB280" w:rsidR="001B2B72" w:rsidRPr="006E7896" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="71707A83" w14:textId="2BFCB280" w:rsidR="001B2B72" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6875C236" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="006E7896" w:rsidRDefault="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07BF037B" w14:textId="325B3E44" w:rsidR="00454BB3" w:rsidRPr="006E7896" w:rsidRDefault="00CD5649" w:rsidP="00CD5649">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E7896">
@@ -20326,53 +20364,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4655FC" w14:textId="72279365" w:rsidR="000E5985" w:rsidRPr="00233666" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -22168,53 +22207,54 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="007105FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D6C59B" w14:textId="43705B04" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk95143747"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -22978,53 +23018,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07511">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760474F8" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4B6BD9" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -23329,53 +23370,54 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F0901E" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FFCA198" w14:textId="75547282" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -25068,168 +25110,156 @@
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5E346D8D" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{F1F42F7A-322F-4192-8D7A-5B9CF4687F4C}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{3D8968F9-0D89-4CD6-BDB4-37582A38CA79}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{355A473F-A546-4AF8-8E71-D50C19C59ACC}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{97E93946-DAC1-45D0-A377-365131E160F3}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{687ADE99-B96B-4098-9BA0-1701DB2302F8}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{DB783F31-EF4D-4D7F-8327-51EFF723F954}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{3B0193FA-4844-4A90-83B0-BA047BC2299D}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{07A02157-976E-4B01-B1F3-37698FEA9698}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{B2F94B0B-E3A5-49E4-ABB0-98408518E119}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{4CC672A5-3156-4E89-9D10-0A88A0C9F708}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{12E3BC1D-F2AB-47C0-B868-25A7E496F51B}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{21FF525C-895E-42C1-8527-3EA5B0729832}"/>
   </w:font>
   <w:font w:name="TimesNewRoman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman ExtraBold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{A7CB20F5-DFD1-4EAB-8D8B-2B48062CD93A}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{A67EE586-DBEC-4706-BB9E-7182882CD6D9}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{72E4496E-A9A8-4BE3-9D6F-4E7B68D356E5}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{40BEEDB6-D15B-44FA-95E3-D068A4F67779}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38DBC3B2" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34D4E734" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="240B6145" w14:textId="1482859A" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
+  <w:p w14:paraId="059B48A4" w14:textId="313E5E32" w:rsidR="00F66AE0" w:rsidRDefault="001E0C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00E24494">
-      <w:t>4</w:t>
+    <w:r w:rsidR="00F66AE0">
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:t>-0</w:t>
     </w:r>
-    <w:r w:rsidR="00AD5845">
-[...12 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="00F66AE0">
+      <w:t>61767-02</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67CD9E16" w14:textId="77777777" w:rsidR="00043A94" w:rsidRDefault="00043A94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="052B835C" w14:textId="2F9C7AD0" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>Smokers Toolkit (ST)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>INTERNAL/CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="715B21FB" w14:textId="70C222FB" w:rsidR="00D46DA4" w:rsidRDefault="005E6887">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
@@ -29983,51 +30013,51 @@
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2022468673">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2070689878">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1087653405">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1312636631">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1445151448">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1590507486">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="50"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -30195,50 +30225,51 @@
     <w:rsid w:val="003D1263"/>
     <w:rsid w:val="003D5284"/>
     <w:rsid w:val="003D7A41"/>
     <w:rsid w:val="003F0C99"/>
     <w:rsid w:val="003F1E4A"/>
     <w:rsid w:val="004018CE"/>
     <w:rsid w:val="0041019F"/>
     <w:rsid w:val="004123A6"/>
     <w:rsid w:val="00415BDD"/>
     <w:rsid w:val="00421BE8"/>
     <w:rsid w:val="00421E68"/>
     <w:rsid w:val="0042574E"/>
     <w:rsid w:val="004259BD"/>
     <w:rsid w:val="00432D0A"/>
     <w:rsid w:val="00435C38"/>
     <w:rsid w:val="00437E9F"/>
     <w:rsid w:val="00441002"/>
     <w:rsid w:val="00441F23"/>
     <w:rsid w:val="00444D37"/>
     <w:rsid w:val="00446445"/>
     <w:rsid w:val="00446CB2"/>
     <w:rsid w:val="00447E8E"/>
     <w:rsid w:val="004536AC"/>
     <w:rsid w:val="0045487B"/>
     <w:rsid w:val="00454BB3"/>
+    <w:rsid w:val="00454F14"/>
     <w:rsid w:val="00460A38"/>
     <w:rsid w:val="0046591B"/>
     <w:rsid w:val="00470921"/>
     <w:rsid w:val="00472FF0"/>
     <w:rsid w:val="00480D37"/>
     <w:rsid w:val="004846DC"/>
     <w:rsid w:val="00486101"/>
     <w:rsid w:val="004861B5"/>
     <w:rsid w:val="00491140"/>
     <w:rsid w:val="00495398"/>
     <w:rsid w:val="0049544B"/>
     <w:rsid w:val="004A3D9C"/>
     <w:rsid w:val="004B02E7"/>
     <w:rsid w:val="004B4E60"/>
     <w:rsid w:val="004B4FB2"/>
     <w:rsid w:val="004C2C1E"/>
     <w:rsid w:val="004C53F9"/>
     <w:rsid w:val="004D1394"/>
     <w:rsid w:val="004E762B"/>
     <w:rsid w:val="004E78C9"/>
     <w:rsid w:val="004F179C"/>
     <w:rsid w:val="004F248B"/>
     <w:rsid w:val="0050458F"/>
     <w:rsid w:val="00504C52"/>
     <w:rsid w:val="00504FEB"/>
@@ -30266,50 +30297,51 @@
     <w:rsid w:val="005A50F7"/>
     <w:rsid w:val="005A644B"/>
     <w:rsid w:val="005B577C"/>
     <w:rsid w:val="005C76B8"/>
     <w:rsid w:val="005D3328"/>
     <w:rsid w:val="005E14AC"/>
     <w:rsid w:val="005E6887"/>
     <w:rsid w:val="005E68AE"/>
     <w:rsid w:val="005E7B91"/>
     <w:rsid w:val="005E7C0E"/>
     <w:rsid w:val="005E7FCE"/>
     <w:rsid w:val="005F0C74"/>
     <w:rsid w:val="005F7642"/>
     <w:rsid w:val="00607562"/>
     <w:rsid w:val="00610B53"/>
     <w:rsid w:val="0061169B"/>
     <w:rsid w:val="00612E22"/>
     <w:rsid w:val="00613118"/>
     <w:rsid w:val="006204F1"/>
     <w:rsid w:val="00632C68"/>
     <w:rsid w:val="0063391D"/>
     <w:rsid w:val="006341F8"/>
     <w:rsid w:val="0063449C"/>
     <w:rsid w:val="00645DAC"/>
     <w:rsid w:val="0065037E"/>
+    <w:rsid w:val="0066517B"/>
     <w:rsid w:val="00667D7C"/>
     <w:rsid w:val="006729B8"/>
     <w:rsid w:val="00673AD3"/>
     <w:rsid w:val="00687C03"/>
     <w:rsid w:val="00687D55"/>
     <w:rsid w:val="0069254F"/>
     <w:rsid w:val="00694646"/>
     <w:rsid w:val="006958A8"/>
     <w:rsid w:val="006A13E9"/>
     <w:rsid w:val="006A3A7F"/>
     <w:rsid w:val="006A55D7"/>
     <w:rsid w:val="006B2B5B"/>
     <w:rsid w:val="006B4449"/>
     <w:rsid w:val="006B48B7"/>
     <w:rsid w:val="006B6202"/>
     <w:rsid w:val="006B652B"/>
     <w:rsid w:val="006C3880"/>
     <w:rsid w:val="006D5D1F"/>
     <w:rsid w:val="006D6602"/>
     <w:rsid w:val="006D7CBA"/>
     <w:rsid w:val="006E132E"/>
     <w:rsid w:val="006E4630"/>
     <w:rsid w:val="006E66CF"/>
     <w:rsid w:val="006E7896"/>
     <w:rsid w:val="006F7B3C"/>
@@ -30368,50 +30400,51 @@
     <w:rsid w:val="008A4D56"/>
     <w:rsid w:val="008C2C35"/>
     <w:rsid w:val="008C3E53"/>
     <w:rsid w:val="008C4A04"/>
     <w:rsid w:val="008C6D93"/>
     <w:rsid w:val="008D32FD"/>
     <w:rsid w:val="008D708C"/>
     <w:rsid w:val="008D7341"/>
     <w:rsid w:val="008E103B"/>
     <w:rsid w:val="008E17E5"/>
     <w:rsid w:val="008F0346"/>
     <w:rsid w:val="008F175C"/>
     <w:rsid w:val="008F47B4"/>
     <w:rsid w:val="00916645"/>
     <w:rsid w:val="00926C8C"/>
     <w:rsid w:val="009328D1"/>
     <w:rsid w:val="00933BEA"/>
     <w:rsid w:val="009475AA"/>
     <w:rsid w:val="00947C49"/>
     <w:rsid w:val="00950FB0"/>
     <w:rsid w:val="00951120"/>
     <w:rsid w:val="0095399C"/>
     <w:rsid w:val="00956BE8"/>
     <w:rsid w:val="009616C2"/>
     <w:rsid w:val="009621BF"/>
+    <w:rsid w:val="00962497"/>
     <w:rsid w:val="009677E2"/>
     <w:rsid w:val="00967ECA"/>
     <w:rsid w:val="009727F0"/>
     <w:rsid w:val="00974DAC"/>
     <w:rsid w:val="00983474"/>
     <w:rsid w:val="00986122"/>
     <w:rsid w:val="009872F4"/>
     <w:rsid w:val="009873CD"/>
     <w:rsid w:val="009A1EB5"/>
     <w:rsid w:val="009A5970"/>
     <w:rsid w:val="009A7988"/>
     <w:rsid w:val="009B05A4"/>
     <w:rsid w:val="009B3280"/>
     <w:rsid w:val="009B72A6"/>
     <w:rsid w:val="009C4E31"/>
     <w:rsid w:val="009C6295"/>
     <w:rsid w:val="009D4044"/>
     <w:rsid w:val="009D7E88"/>
     <w:rsid w:val="00A0630F"/>
     <w:rsid w:val="00A125B8"/>
     <w:rsid w:val="00A137DF"/>
     <w:rsid w:val="00A22212"/>
     <w:rsid w:val="00A32A68"/>
     <w:rsid w:val="00A33BD5"/>
     <w:rsid w:val="00A411CF"/>
@@ -30560,50 +30593,51 @@
     <w:rsid w:val="00E73220"/>
     <w:rsid w:val="00E77265"/>
     <w:rsid w:val="00E8135D"/>
     <w:rsid w:val="00E9152A"/>
     <w:rsid w:val="00E93A59"/>
     <w:rsid w:val="00E9542B"/>
     <w:rsid w:val="00EA28B6"/>
     <w:rsid w:val="00EA2D54"/>
     <w:rsid w:val="00EB179E"/>
     <w:rsid w:val="00EB3EA2"/>
     <w:rsid w:val="00EB61D5"/>
     <w:rsid w:val="00EC5C77"/>
     <w:rsid w:val="00ED1433"/>
     <w:rsid w:val="00ED7386"/>
     <w:rsid w:val="00EE223B"/>
     <w:rsid w:val="00EE723A"/>
     <w:rsid w:val="00EF4545"/>
     <w:rsid w:val="00EF4C63"/>
     <w:rsid w:val="00EF6181"/>
     <w:rsid w:val="00F04615"/>
     <w:rsid w:val="00F2223C"/>
     <w:rsid w:val="00F23973"/>
     <w:rsid w:val="00F51B4A"/>
     <w:rsid w:val="00F54C42"/>
     <w:rsid w:val="00F662A1"/>
+    <w:rsid w:val="00F66AE0"/>
     <w:rsid w:val="00F70861"/>
     <w:rsid w:val="00F70B9F"/>
     <w:rsid w:val="00F7640A"/>
     <w:rsid w:val="00F824AD"/>
     <w:rsid w:val="00F92B20"/>
     <w:rsid w:val="00F935C6"/>
     <w:rsid w:val="00FA3BFB"/>
     <w:rsid w:val="00FA5C14"/>
     <w:rsid w:val="00FB4E23"/>
     <w:rsid w:val="00FD0991"/>
     <w:rsid w:val="00FD5DC8"/>
     <w:rsid w:val="00FE151D"/>
     <w:rsid w:val="00FE2723"/>
     <w:rsid w:val="00FE3239"/>
     <w:rsid w:val="00FF0969"/>
     <w:rsid w:val="00FF2468"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -32307,52 +32341,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -32558,91 +32592,91 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58C58B3-51F4-4E8D-B7E6-DEB93E296521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E26EDEEE-58EF-4645-B589-E3CBF1E2662A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28C77E06-D1FF-4C6B-AEF2-90F0BD506BFE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6E44FC7-BB10-49EF-B011-1E2F0912BA05}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A619A01-AF66-43A4-A4ED-1A305AE7614F}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D37B7201-DA67-47FD-A1E7-4C0AE14990B3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3029702-1269-46B5-BFA0-6E50461C09CE}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
   <Words>4585</Words>
-  <Characters>20561</Characters>
+  <Characters>20093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>928</Lines>
-  <Paragraphs>559</Paragraphs>
+  <Lines>167</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Normal dot (Rev02 January 2009)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPSOS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24683</CharactersWithSpaces>
+  <CharactersWithSpaces>24629</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Normal dot (Rev02 January 2009)</dc:title>
   <dc:subject>Universal Normal Template</dc:subject>
   <dc:creator>Authorised User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af44d3240da420e376ed1a689eac1992bf6e6b19a5733d36f7b759867d0791e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">