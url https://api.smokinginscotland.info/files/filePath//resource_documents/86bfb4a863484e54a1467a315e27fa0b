--- v0 (2025-12-29)
+++ v1 (2026-03-07)
@@ -1,175 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...19 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app0.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/extended-properties" Target="docProps/app0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" autoCompressPictures="0" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...7 lines deleted...]
-    <p:sldId id="264" r:id="rId10"/>
+    <p:sldId id="256" r:id="rId5"/>
+    <p:sldId id="257" r:id="rId6"/>
+    <p:sldId id="258" r:id="rId7"/>
+    <p:sldId id="259" r:id="rId8"/>
+    <p:sldId id="260" r:id="rId9"/>
+    <p:sldId id="261" r:id="rId10"/>
+    <p:sldId id="262" r:id="rId11"/>
+    <p:sldId id="263" r:id="rId12"/>
+    <p:sldId id="264" r:id="rId13"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="0" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="457200" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="914400" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="1371600" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="1828800" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="2286000" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="2743200" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="3200400" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="3657600" rtl="0">
-      <a:defRPr kern="1200" sz="1800">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
@@ -178,94 +179,94 @@
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="2E2F87"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft autoAdjust="0" sz="15633"/>
-    <p:restoredTop autoAdjust="0" sz="94711"/>
+    <p:restoredLeft sz="15633" autoAdjust="0"/>
+    <p:restoredTop sz="94711" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx d="100" n="112"/>
-          <a:sy d="100" n="112"/>
+          <a:sx n="105" d="100"/>
+          <a:sy n="105" d="100"/>
         </p:scale>
-        <p:origin x="864" y="114"/>
+        <p:origin x="1794" y="96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx d="100" n="33"/>
-        <a:sy d="100" n="33"/>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx d="100" n="100"/>
-        <a:sy d="100" n="100"/>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -475,51 +476,51 @@
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3409950" y="5978525"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="2000" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="2E2F87"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -778,51 +779,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -956,51 +957,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1164,51 +1165,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1414,51 +1415,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1744,51 +1745,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2163,51 +2164,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2280,51 +2281,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2375,51 +2376,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2650,51 +2651,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2902,51 +2903,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2963,1546 +2964,1564 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C5EF2332-01BF-834F-8236-50238282D533}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3566899855"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Target="../slideLayouts/slideLayout8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId3" Target="../slideLayouts/slideLayout3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId7" Target="../slideLayouts/slideLayout7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId12" Target="../theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" /><Relationship Id="rId2" Target="../slideLayouts/slideLayout2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId1" Target="../slideLayouts/slideLayout1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId6" Target="../slideLayouts/slideLayout6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId11" Target="../slideLayouts/slideLayout11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId5" Target="../slideLayouts/slideLayout5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId10" Target="../slideLayouts/slideLayout10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId4" Target="../slideLayouts/slideLayout4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /><Relationship Id="rId9" Target="../slideLayouts/slideLayout9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" /></Relationships>
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" bIns="45720" lIns="91440" rIns="91440" rtlCol="0" tIns="45720" vert="horz">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1" type="body"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr bIns="45720" lIns="91440" rIns="91440" rtlCol="0" tIns="45720" vert="horz">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="2" sz="half" type="dt"/>
+            <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" bIns="45720" lIns="91440" rIns="91440" rtlCol="0" tIns="45720" vert="horz"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{241EB5C9-1307-BA42-ABA2-0BC069CD8E7F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/25/2025</a:t>
+              <a:t>2/11/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="3" sz="quarter" type="ftr"/>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" bIns="45720" lIns="91440" rIns="91440" rtlCol="0" tIns="45720" vert="horz"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="4" sz="quarter" type="sldNum"/>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6553200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" bIns="45720" lIns="91440" rIns="91440" rtlCol="0" tIns="45720" vert="horz"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C5EF2332-01BF-834F-8236-50238282D533}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3676200875"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="lt2" folHlink="folHlink" hlink="hlink" tx1="dk1" tx2="dk2"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="ctr" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" rtl="0">
+      <a:lvl1pPr algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr kern="1200" sz="4400">
+        <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-342900" latinLnBrk="0" marL="342900" rtl="0">
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr kern="1200" sz="3200">
+        <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-285750" latinLnBrk="0" marL="742950" rtl="0">
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="–"/>
-        <a:defRPr kern="1200" sz="2800">
+        <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-228600" latinLnBrk="0" marL="1143000" rtl="0">
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr kern="1200" sz="2400">
+        <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-228600" latinLnBrk="0" marL="1600200" rtl="0">
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="–"/>
-        <a:defRPr kern="1200" sz="2000">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-228600" latinLnBrk="0" marL="2057400" rtl="0">
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="»"/>
-        <a:defRPr kern="1200" sz="2000">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-228600" latinLnBrk="0" marL="2514600" rtl="0">
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr kern="1200" sz="2000">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-228600" latinLnBrk="0" marL="2971800" rtl="0">
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr kern="1200" sz="2000">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-228600" latinLnBrk="0" marL="3429000" rtl="0">
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr kern="1200" sz="2000">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" indent="-228600" latinLnBrk="0" marL="3886200" rtl="0">
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr kern="1200" sz="2000">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
-      <a:lvl1pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="0" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="457200" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="914400" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="1371600" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="1828800" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="2286000" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="2743200" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="3200400" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr algn="l" defTabSz="457200" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="3657600" rtl="0">
-        <a:defRPr kern="1200" sz="1800">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml" /></Relationships>
-[...23 lines deleted...]
-<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="806450"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...2 lines deleted...]
-            <a:pPr lvl="0" indent="0" marL="0">
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Top-line findings on smoking in Scotland from the Smoking Toolkit Study</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1" type="subTitle"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1276350" y="4167942"/>
             <a:ext cx="6400800" cy="495300"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...2 lines deleted...]
-            <a:pPr lvl="0" indent="0" marL="0">
+          <a:bodyPr>
+            <a:normAutofit fontScale="47500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:br/>
             <a:br/>
             <a:r>
-              <a:rPr/>
               <a:t>Vera Buss, Robert West, Loren Kock, Dimitra Kale, Jamie Brown</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="10" sz="half" type="dt"/>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3409950" y="5978525"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
-              <a:t>5/12/2025</a:t>
+              <a:t>10/02/2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Cigarette smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="fig:  C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/229/Graphs/Scotland/Topline/cigsmok_scot.png" id="0" name="Picture 1"/>
+          <p:cNvPr id="3" name="Picture 1" descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Topline/cigsmok_scot.png"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1333500" y="1600200"/>
-            <a:ext cx="6477000" cy="4013200"/>
+            <a:off x="1460500" y="1600200"/>
+            <a:ext cx="6210300" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1" name="TextBox 3"/>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0" algn="ctr">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="fig:  C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/229/Graphs/Scotland/Topline/smok_scot.png" id="0" name="Picture 1"/>
+          <p:cNvPr id="3" name="Picture 1" descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Topline/smok_scot.png"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1333500" y="1600200"/>
-            <a:ext cx="6477000" cy="4013200"/>
+            <a:off x="1460500" y="1600200"/>
+            <a:ext cx="6210300" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1" name="TextBox 3"/>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0" algn="ctr">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Cigarette smoking prevalence 18-21-year-olds</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...31 lines deleted...]
-          <p:cNvPr id="1" name="TextBox 3"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0" algn="ctr">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC318F96-37A5-9FA5-E40E-2EB46E55C647}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1635171" y="1599400"/>
+            <a:ext cx="5873658" cy="4014000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Stopped smoking in past 12 months</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="fig:  C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/229/Graphs/Scotland/Topline/stopped_scot.png" id="0" name="Picture 1"/>
+          <p:cNvPr id="3" name="Picture 1" descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Topline/stopped_scot.png"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1333500" y="1600200"/>
-            <a:ext cx="6477000" cy="4013200"/>
+            <a:off x="1460500" y="1600200"/>
+            <a:ext cx="6210300" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1" name="TextBox 3"/>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0" algn="ctr">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Tried to stop smoking in past year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="fig:  C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/229/Graphs/Scotland/Topline/triedstop_scot.png" id="0" name="Picture 1"/>
+          <p:cNvPr id="3" name="Picture 1" descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Topline/triedstop_scot.png"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1333500" y="1600200"/>
-            <a:ext cx="6477000" cy="4013200"/>
+            <a:off x="1460500" y="1600200"/>
+            <a:ext cx="6210300" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1" name="TextBox 3"/>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0" algn="ctr">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Success rate in stopping in those who tried</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="fig:  C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/229/Graphs/Scotland/Topline/successstop_scot.png" id="0" name="Picture 1"/>
+          <p:cNvPr id="3" name="Picture 1" descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Topline/successstop_scot.png"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1333500" y="1600200"/>
-            <a:ext cx="6477000" cy="4013200"/>
+            <a:off x="1460500" y="1600200"/>
+            <a:ext cx="6210300" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1" name="TextBox 3"/>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0" algn="ctr">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Uptake: prevalence of ever smoking in those aged 18-24</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="fig:  C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/229/Graphs/Scotland/Topline/uptake1824_scot.png" id="0" name="Picture 1"/>
+          <p:cNvPr id="3" name="Picture 1" descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Topline/uptake1824_scot.png"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1333500" y="1600200"/>
-            <a:ext cx="6477000" cy="4013200"/>
+            <a:off x="1460500" y="1600200"/>
+            <a:ext cx="6210300" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1" name="TextBox 3"/>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0" algn="ctr">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" indent="0" marL="0">
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr/>
               <a:t>Methods</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph hasCustomPrompt="1" idx="1"/>
+            <p:ph idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr/>
               <a:t>Monthly household surveys of representative samples of 450 adults (16+ years old in Scotland)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr/>
               <a:t>Due to pandemic, surveys are conducted by telephone (rather than face-to-face) and among adults aged 18 and over between April 2020-December 2021.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr/>
               <a:t>Fieldwork by IPSOS MORI</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr/>
               <a:t>Sample weighted to match population in Scotland on key socio-demographics</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr/>
               <a:t>For more information (including data underlying each graph) visit www.smokinginscotland.info</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4782,326 +4801,65 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...259 lines deleted...]
-
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -5299,62 +5057,145 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C6931D7-2E9E-4083-BBD0-3E5A28BB5954}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE6134C1-BAD3-471D-A1CC-EAB9889E76C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
+    <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6608BE00-B88F-4361-88AF-AFC9C1C7FE29}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C253234D-6ACA-42FB-B3E6-C5D9487E928E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58756443-4FA3-4722-95EB-3DB261FB0DE4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47BCB83D-6435-44E8-8E6A-7915D3A793C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
+    <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
+  <Words>226</Words>
+  <Application>Microsoft Office PowerPoint</Application>
+  <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
+  <Paragraphs>23</Paragraphs>
+  <Slides>9</Slides>
+  <Notes>0</Notes>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Theme</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Slide Titles</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="12" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Office Theme</vt:lpstr>
+      <vt:lpstr>Top-line findings on smoking in Scotland from the Smoking Toolkit Study</vt:lpstr>
+      <vt:lpstr>Cigarette smoking prevalence</vt:lpstr>
+      <vt:lpstr>Smoking prevalence</vt:lpstr>
+      <vt:lpstr>Cigarette smoking prevalence 18-21-year-olds</vt:lpstr>
+      <vt:lpstr>Stopped smoking in past 12 months</vt:lpstr>
+      <vt:lpstr>Tried to stop smoking in past year</vt:lpstr>
+      <vt:lpstr>Success rate in stopping in those who tried</vt:lpstr>
+      <vt:lpstr>Uptake: prevalence of ever smoking in those aged 18-24</vt:lpstr>
+      <vt:lpstr>Methods</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/app0.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>34</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>5</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -5365,43 +5206,48 @@
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Monthly trends on smoking in Wales from the Smoking Toolkit Study</vt:lpstr>
       <vt:lpstr>Prevalence of cigarette smoking by social grade</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Top-line findings on smoking in Scotland from the Smoking Toolkit Study</dc:title>
   <dc:creator>Vera Buss, Robert West, Loren Kock, Dimitra Kale, Jamie Brown</dc:creator>
   <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="date">
-    <vt:lpwstr>5/12/2025</vt:lpwstr>
+    <vt:lpwstr>10/02/2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="output">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>